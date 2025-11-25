--- v0 (2025-10-09)
+++ v1 (2025-11-25)
@@ -1,2015 +1,57 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Default Extension="vml" ContentType="application/vnd.openxmlformats-officedocument.vmlDrawing"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
-<file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
-[...485 lines deleted...]
-
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
-<file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
-[...317 lines deleted...]
-
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
-</file>
-[...1136 lines deleted...]
-</worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>List1</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
-
-[...12 lines deleted...]
-</file>